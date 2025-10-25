--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5a5f05ea544d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0960aafe8424052" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe0febe829104c8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ad6e540d5d4b02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618b30b1a6854dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe0febe829104c8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f0d10d7bf9483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ad6e540d5d4b02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx Quality Dividend UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292095535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,210</x:t>
-[...399 lines deleted...]
-          <x:t>23,915</x:t>
+          <x:t>24,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,715</x:t>
-[...188 lines deleted...]
-          <x:t>24,248</x:t>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,517</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>24,414</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>