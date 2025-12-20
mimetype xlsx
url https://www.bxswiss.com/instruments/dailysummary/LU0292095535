--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0960aafe8424052" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf676597f96834798" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ad6e540d5d4b02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6927cd22b1d4810"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f0d10d7bf9483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ad6e540d5d4b02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e02642c53143fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6927cd22b1d4810" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx Quality Dividend UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292095535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>24,550</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>