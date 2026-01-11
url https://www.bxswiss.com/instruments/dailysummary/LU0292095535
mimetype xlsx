--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf676597f96834798" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re319fb73e3bc477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6927cd22b1d4810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5ce68e9dfc4476f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e02642c53143fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6927cd22b1d4810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc85e7ff72e2b485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5ce68e9dfc4476f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx Quality Dividend UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292095535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>25,322</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,448</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>25,438</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,385</x:t>
-[...220 lines deleted...]
-          <x:t>25,653</x:t>
+          <x:t>25,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>