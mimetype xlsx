--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re319fb73e3bc477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81acc329cb8b40cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5ce68e9dfc4476f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf68b5705339741f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc85e7ff72e2b485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5ce68e9dfc4476f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc78bc07dd2f04f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf68b5705339741f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx Quality Dividend UCITS ETF 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0292095535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>25,539</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,536</x:t>
-[...237 lines deleted...]
-          <x:t>25,731</x:t>
+          <x:t>25,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>26,063</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>