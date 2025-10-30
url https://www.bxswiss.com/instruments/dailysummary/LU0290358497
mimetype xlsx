--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a25db963f964843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fff17ed7204428f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R127b0be15d1146ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf28afa61f4924b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0baaa02238c4edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R127b0be15d1146ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e3f7e4eef14fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf28afa61f4924b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>137,293</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,596</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>137,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,322</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>25.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,791</x:t>
-[...198 lines deleted...]
-          <x:t>137,322</x:t>
+          <x:t>137,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>