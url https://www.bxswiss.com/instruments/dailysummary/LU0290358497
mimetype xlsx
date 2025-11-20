--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fff17ed7204428f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23e63651949d42e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf28afa61f4924b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbb0c31e5644ba2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e3f7e4eef14fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf28afa61f4924b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e1d6cb45504544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbb0c31e5644ba2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,438</x:t>
-[...377 lines deleted...]
-          <x:t>136,790</x:t>
+          <x:t>137,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,484</x:t>
-[...26 lines deleted...]
-          <x:t>137,030</x:t>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>