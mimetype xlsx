--- v2 (2025-11-20)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23e63651949d42e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra812561bce384a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebbb0c31e5644ba2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2618366c51a34872"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e1d6cb45504544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebbb0c31e5644ba2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f8095d4c564ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2618366c51a34872" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>137,277</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>