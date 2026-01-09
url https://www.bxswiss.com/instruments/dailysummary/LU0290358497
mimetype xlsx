--- v3 (2026-01-09)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra812561bce384a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29e756ff3b444a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2618366c51a34872"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7926ea895c9f458b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f8095d4c564ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2618366c51a34872" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c38c241dbfc4b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7926ea895c9f458b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>