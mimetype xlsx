--- v4 (2026-01-09)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29e756ff3b444a7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf830bbb36436428c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7926ea895c9f458b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re92f7a9d1f2a4af0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c38c241dbfc4b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7926ea895c9f458b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cc155c753e64d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re92f7a9d1f2a4af0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>