--- v5 (2026-01-11)
+++ v6 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf830bbb36436428c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a0b7317c8b4645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re92f7a9d1f2a4af0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae7003e2744c48ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cc155c753e64d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re92f7a9d1f2a4af0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47c6d793c8e45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae7003e2744c48ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,142</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>