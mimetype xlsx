--- v6 (2026-02-23)
+++ v7 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a0b7317c8b4645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa9b0bd7ff6e45ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae7003e2744c48ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2a0c26a6a8140f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47c6d793c8e45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae7003e2744c48ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bc7ef717da54393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2a0c26a6a8140f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR Overnight Rate Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>