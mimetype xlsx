--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2811de76bc1402c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe0a94e8086482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0931b87866244e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R981ff1a617ea44dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc384662a354146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0931b87866244e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb2ddf3b17044d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R981ff1a617ea44dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>225,042</x:t>
-[...259 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>223,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>223,965</x:t>
-[...178 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>224,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>224,135</x:t>
-[...117 lines deleted...]
-          <x:t>223,627</x:t>
+          <x:t>224,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>