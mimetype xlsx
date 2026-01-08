--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe0a94e8086482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02fca1c3a409430b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R981ff1a617ea44dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634dd6b6af674714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb2ddf3b17044d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R981ff1a617ea44dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24591a618a6040d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634dd6b6af674714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>222,789</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>221,783</x:t>
-[...188 lines deleted...]
-          <x:t>222,267</x:t>
+          <x:t>223,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...370 lines deleted...]
-          <x:t>222,896</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>