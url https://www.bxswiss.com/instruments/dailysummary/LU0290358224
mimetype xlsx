--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02fca1c3a409430b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b05a2fe519f4a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634dd6b6af674714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f9d4aae47243c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24591a618a6040d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634dd6b6af674714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e697d1c7eb4207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f9d4aae47243c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,366</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>