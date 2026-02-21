--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b05a2fe519f4a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130a4605f4cc4b49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f9d4aae47243c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d40f9108bd44c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e697d1c7eb4207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f9d4aae47243c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4ab279a7674d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d40f9108bd44c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Inflation-Linked Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290358224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>224,052</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,223</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-          <x:t>23.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>223,602</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>