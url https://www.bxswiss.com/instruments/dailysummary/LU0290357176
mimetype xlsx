--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956e893e668847c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86fadcb33de04e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc3e15a30508406c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19182ffccef4b9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7af9e6cd515942df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc3e15a30508406c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304bbc75bf3a4302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19182ffccef4b9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 5-7 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290357176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>219,135</x:t>
-[...512 lines deleted...]
-          <x:t>219,410</x:t>
+          <x:t>218,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>218,751</x:t>
-[...33 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>218,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>218,847</x:t>
-[...63 lines deleted...]
-          <x:t>218,712</x:t>
+          <x:t>218,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>