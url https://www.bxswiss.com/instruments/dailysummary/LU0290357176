--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86fadcb33de04e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab27e8f7513e4251" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19182ffccef4b9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R610b08cc6c9b4b3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304bbc75bf3a4302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19182ffccef4b9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25a4ae1b75c843d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R610b08cc6c9b4b3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 5-7 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290357176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>219,653</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,048</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>217,758</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>