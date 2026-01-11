--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab27e8f7513e4251" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3505049640f4ec1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R610b08cc6c9b4b3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4580c2d0909343ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25a4ae1b75c843d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R610b08cc6c9b4b3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4969ab692929433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4580c2d0909343ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 5-7 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290357176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>220,405</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>220,171</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>219,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,410</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>