--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3505049640f4ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3a1baf322de4cfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4580c2d0909343ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce5a0c607d14cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4969ab692929433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4580c2d0909343ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9895f9b375849d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce5a0c607d14cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 5-7 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290357176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>220,011</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>