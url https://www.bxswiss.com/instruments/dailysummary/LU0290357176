--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3a1baf322de4cfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ea811b9e3041ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce5a0c607d14cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e7246cbf9444ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9895f9b375849d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce5a0c607d14cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9737eac498dd46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e7246cbf9444ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 5-7 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290357176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>