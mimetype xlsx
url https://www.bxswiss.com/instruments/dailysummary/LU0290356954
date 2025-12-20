--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7113ea4b2a43ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R211a8795453e46d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96cfd8f9df954961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9028444d5fc4fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e990db400e4fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96cfd8f9df954961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R441244a6960148d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9028444d5fc4fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 3-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290356954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>192,818</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,083</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>192,579</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>192,368</x:t>
-[...544 lines deleted...]
-          <x:t>193,034</x:t>
+          <x:t>193,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>