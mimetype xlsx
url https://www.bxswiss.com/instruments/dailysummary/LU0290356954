--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R211a8795453e46d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99ad6b9fc664329" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9028444d5fc4fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58c8cc29f33a4744"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R441244a6960148d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9028444d5fc4fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729b225237064edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58c8cc29f33a4744" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 3-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290356954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>191,596</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,407</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>193,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>192,849</x:t>
-[...512 lines deleted...]
-          <x:t>192,309</x:t>
+          <x:t>192,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>