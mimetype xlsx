--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99ad6b9fc664329" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R719ab3177c594cea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58c8cc29f33a4744"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e6d9edd96048be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729b225237064edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58c8cc29f33a4744" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1186d52b385045e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e6d9edd96048be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 3-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290356954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>193,178</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>