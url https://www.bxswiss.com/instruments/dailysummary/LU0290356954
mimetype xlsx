--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R719ab3177c594cea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a2dae1934c04498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e6d9edd96048be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re348d3ef967e43b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1186d52b385045e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e6d9edd96048be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58bcf622c4624275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re348d3ef967e43b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 3-5 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290356954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>191,398</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>190,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,547</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>