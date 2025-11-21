--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f7af41fc009452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3db465761cbc473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02315e30a9a64713"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a71b5c8b4974886"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8c14c66283a442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02315e30a9a64713" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9d70bcd88e45b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a71b5c8b4974886" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290356871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>161,283</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,141</x:t>
-[...382 lines deleted...]
-          <x:t>161,196</x:t>
+          <x:t>161,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>