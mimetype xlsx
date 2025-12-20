--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3db465761cbc473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff5c9a6a26948a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a71b5c8b4974886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72abac5393254108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9d70bcd88e45b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a71b5c8b4974886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1171be122bb24f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72abac5393254108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290356871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>