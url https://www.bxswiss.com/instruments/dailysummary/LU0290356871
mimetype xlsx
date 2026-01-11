--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff5c9a6a26948a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9868040a0ca84c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72abac5393254108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55e5f4d9d1ea45e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1171be122bb24f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72abac5393254108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5def17d2ee6b4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55e5f4d9d1ea45e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290356871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>161,720</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,241</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...386 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,256</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>