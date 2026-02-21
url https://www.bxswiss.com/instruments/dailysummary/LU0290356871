--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9868040a0ca84c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3858e3899594ec5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55e5f4d9d1ea45e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra89279e74ff24c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5def17d2ee6b4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55e5f4d9d1ea45e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0080d270aa24812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra89279e74ff24c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond 1-3 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290356871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>161,076</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...127 lines deleted...]
-          <x:t>162,070</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>