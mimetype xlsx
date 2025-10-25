--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb925c7e6cfa14ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794266b9f5054a26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27b9ec443b37436d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6cc742026284958"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b6d170f23644c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27b9ec443b37436d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae31f79d2c0d40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6cc742026284958" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290355717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>206,897</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,797</x:t>
-[...517 lines deleted...]
-          <x:t>207,666</x:t>
+          <x:t>206,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>