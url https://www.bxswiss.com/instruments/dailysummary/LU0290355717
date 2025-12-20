--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794266b9f5054a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a86b8644c0b4e75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6cc742026284958"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8dcf0ab644f4d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae31f79d2c0d40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6cc742026284958" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a5d4b61c504571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8dcf0ab644f4d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290355717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>206,875</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,568</x:t>
-[...588 lines deleted...]
-          <x:t>207,760</x:t>
+          <x:t>207,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,158</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>206,853</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>