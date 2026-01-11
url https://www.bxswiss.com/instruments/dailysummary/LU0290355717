--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a86b8644c0b4e75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa64fdb7630e4cf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8dcf0ab644f4d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R526678d1b823409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a5d4b61c504571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8dcf0ab644f4d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra394f59f2d704c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R526678d1b823409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290355717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>