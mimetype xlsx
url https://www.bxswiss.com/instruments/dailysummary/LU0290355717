--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa64fdb7630e4cf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74cc2e61471e47a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R526678d1b823409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec648b512c894e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra394f59f2d704c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R526678d1b823409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712d988d31da46f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec648b512c894e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290355717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>207,835</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>