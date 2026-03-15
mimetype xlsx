--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74cc2e61471e47a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra40f8054b37a4989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec648b512c894e3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6ebc9f6f000480e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712d988d31da46f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec648b512c894e3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cec02f589a54103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6ebc9f6f000480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Eurozone Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0290355717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>207,215</x:t>
-[...576 lines deleted...]
-          <x:t>206,214</x:t>
+          <x:t>205,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>