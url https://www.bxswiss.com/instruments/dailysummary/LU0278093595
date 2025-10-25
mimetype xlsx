--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81f16d80b7524390" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81e3a9c6629942a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f55e5b48c64890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11bde536c804d59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c0b29b223c44d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f55e5b48c64890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R954f07e1928d4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11bde536c804d59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vontobel Fund SICAV - Global Equity USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0278093595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>25.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>402,100</x:t>
-[...21 lines deleted...]
-          <x:t>399,900</x:t>
+          <x:t>401,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>405,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>