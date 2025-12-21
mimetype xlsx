--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81e3a9c6629942a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d17ac3556c40a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11bde536c804d59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7ed7775a9bd48e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R954f07e1928d4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11bde536c804d59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d88291027534275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7ed7775a9bd48e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vontobel Fund SICAV - Global Equity USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0278093595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>403,700</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>402,900</x:t>
-[...16 lines deleted...]
-          <x:t>402,100</x:t>
+          <x:t>401,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>400,800</x:t>
-[...6 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>401,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,900</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>400,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>398,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>399,800</x:t>
-[...280 lines deleted...]
-        <x:is>
           <x:t>398,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>399,500</x:t>
-[...16 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>398,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>399,900</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>396,050</x:t>
-[...134 lines deleted...]
-          <x:t>403,500</x:t>
+          <x:t>391,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>