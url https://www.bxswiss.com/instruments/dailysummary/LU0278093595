--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d17ac3556c40a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81327bbd520e426e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7ed7775a9bd48e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0024131b6a974591"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d88291027534275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7ed7775a9bd48e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9743d79f7b3f401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0024131b6a974591" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vontobel Fund SICAV - Global Equity USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0278093595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>395,350</x:t>
+          <x:t>394,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>392,050</x:t>
-[...65 lines deleted...]
-          <x:t>392,450</x:t>
+          <x:t>389,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>391,850</x:t>
-[...21 lines deleted...]
-          <x:t>401,600</x:t>
+          <x:t>396,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,400</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>401,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>400,900</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>399,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>399,200</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>401,000</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>394,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>