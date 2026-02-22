--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81327bbd520e426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac3831dfaee41fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0024131b6a974591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e4280ff9fbf4560"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9743d79f7b3f401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0024131b6a974591" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6004cf07cd944f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e4280ff9fbf4560" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vontobel Fund SICAV - Global Equity USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0278093595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>398,000</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>399,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>394,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>395,850</x:t>
-[...65 lines deleted...]
-          <x:t>395,550</x:t>
+          <x:t>394,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>392,850</x:t>
-[...129 lines deleted...]
-          <x:t>395,550</x:t>
+          <x:t>392,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,550</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>401,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>