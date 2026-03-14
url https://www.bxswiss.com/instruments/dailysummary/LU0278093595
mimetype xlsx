--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac3831dfaee41fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb73863aeca6042be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e4280ff9fbf4560"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb14ac7244c414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6004cf07cd944f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e4280ff9fbf4560" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6b6a409afd644ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb14ac7244c414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vontobel Fund SICAV - Global Equity USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0278093595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>399,000</x:t>
+          <x:t>398,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>398,600</x:t>
-[...33 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>395,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>399,300</x:t>
-[...16 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>396,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>401,000</x:t>
-[...296 lines deleted...]
-          <x:t>395,250</x:t>
+          <x:t>389,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>394,650</x:t>
-[...80 lines deleted...]
-          <x:t>394,550</x:t>
+          <x:t>392,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>