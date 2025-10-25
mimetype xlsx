--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b56fc575c14419c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed0d6b904b44531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec8f85ab20864e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec17330b07484cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d247c4ed28748f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec8f85ab20864e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b7c0ac5b2a742af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec17330b07484cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vontobel Fund SICAV - Emerging Markets Equity USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0278093082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>211,150</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>213,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>215,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>214,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>218,000</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>218,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>