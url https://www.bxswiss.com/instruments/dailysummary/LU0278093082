--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed0d6b904b44531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9f1db02f9240a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec17330b07484cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra70c1465154145c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b7c0ac5b2a742af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec17330b07484cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bef10f1522045a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra70c1465154145c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vontobel Fund SICAV - Emerging Markets Equity USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0278093082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>213,750</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>215,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>214,950</x:t>
-[...119 lines deleted...]
-          <x:t>215,250</x:t>
+          <x:t>215,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>219,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>218,600</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>218,500</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>219,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>218,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,900</x:t>
-[...11 lines deleted...]
-          <x:t>217,150</x:t>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>218,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>