--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9f1db02f9240a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb10692b3b80f486a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra70c1465154145c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R138f549f51c24d8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bef10f1522045a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra70c1465154145c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bde9d7e84de48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R138f549f51c24d8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vontobel Fund SICAV - Emerging Markets Equity USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0278093082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>218,000</x:t>
-[...4 lines deleted...]
-          <x:t>217,550</x:t>
+          <x:t>219,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...140 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>219,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>219,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>218,900</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>218,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>220,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>219,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>