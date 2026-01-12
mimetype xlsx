--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb10692b3b80f486a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1bbb626b5442fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R138f549f51c24d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120e0db893a042ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bde9d7e84de48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R138f549f51c24d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47f2b16c4a284b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120e0db893a042ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vontobel Fund SICAV - Emerging Markets Equity USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0278093082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>