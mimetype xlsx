--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1bbb626b5442fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b150d08541496e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120e0db893a042ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R284f425299874818"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47f2b16c4a284b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120e0db893a042ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R698f1c1776a345cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R284f425299874818" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vontobel Fund SICAV - Emerging Markets Equity USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0278093082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>234,050</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>233,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>