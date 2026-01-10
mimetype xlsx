--- v0 (2025-10-15)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6932e824dd7041d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1324113ad734efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd147f076b48340a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a99359a39c14655"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c204b1d4844f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd147f076b48340a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ff5044a81c49c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a99359a39c14655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274221281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>127,595</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>