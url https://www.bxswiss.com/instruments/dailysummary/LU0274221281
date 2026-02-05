--- v1 (2026-01-10)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1324113ad734efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce5ab06d9c3143fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a99359a39c14655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5caa9facb6de45bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ff5044a81c49c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a99359a39c14655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R614f8914c6214413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5caa9facb6de45bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274221281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>136,471</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,444</x:t>
-[...134 lines deleted...]
-          <x:t>138,251</x:t>
+          <x:t>136,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>