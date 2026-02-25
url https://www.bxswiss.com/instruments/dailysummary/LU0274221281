--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce5ab06d9c3143fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39584ec1c90c494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5caa9facb6de45bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fc3b25e851f40c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R614f8914c6214413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5caa9facb6de45bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542c68a3b4644365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fc3b25e851f40c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274221281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>