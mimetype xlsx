--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39584ec1c90c494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f1de9b085c4393" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fc3b25e851f40c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485a8c13523e4911"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542c68a3b4644365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fc3b25e851f40c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11a8bf1ee54f4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485a8c13523e4911" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Switzerland UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274221281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>