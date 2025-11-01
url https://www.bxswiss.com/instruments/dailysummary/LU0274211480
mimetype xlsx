--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe0240a8ee04a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b8eb65470b4f4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R031f7cb7051d4457"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0bf63f513b54444"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd73d6c59a9ec475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R031f7cb7051d4457" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb792a727a47d497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0bf63f513b54444" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>