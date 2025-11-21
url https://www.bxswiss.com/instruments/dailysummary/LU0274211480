--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b8eb65470b4f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f88e43ac93d413c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0bf63f513b54444"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a06fac455a4e00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb792a727a47d497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0bf63f513b54444" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23faeee38d34995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a06fac455a4e00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>