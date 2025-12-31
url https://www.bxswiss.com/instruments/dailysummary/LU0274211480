--- v2 (2025-11-21)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f88e43ac93d413c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbef33967e44c44e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a06fac455a4e00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ccf244b06284e2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23faeee38d34995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a06fac455a4e00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a740a562f364856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ccf244b06284e2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>209,831</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,073</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>202,962</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>