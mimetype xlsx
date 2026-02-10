--- v3 (2025-12-31)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbef33967e44c44e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352dbb4dbe7a4529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ccf244b06284e2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cdec8917fd74208"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a740a562f364856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ccf244b06284e2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfae20a717abc433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cdec8917fd74208" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>213,610</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>