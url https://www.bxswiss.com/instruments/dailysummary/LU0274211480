--- v4 (2026-02-10)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352dbb4dbe7a4529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb154b82c47cd4b7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cdec8917fd74208"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5012ca6b454b02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfae20a717abc433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cdec8917fd74208" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d8952a843bd4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5012ca6b454b02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>214,064</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>