--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf11a1f93d93414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccaf7d8240a14bbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54b5cd872be64d94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be5a40cd26840c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra119781640504631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54b5cd872be64d94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc292e45bb0af4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be5a40cd26840c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx 50 UCITS ETF 1D dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>54,693</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,193</x:t>
+          <x:t>55,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,476</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>53,577</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>