--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccaf7d8240a14bbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a0b08710864b47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be5a40cd26840c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa9538b8b0ac48df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc292e45bb0af4671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be5a40cd26840c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2051e75976cc4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa9538b8b0ac48df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx 50 UCITS ETF 1D dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>55,779</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,132</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>53,536</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>