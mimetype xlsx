--- v2 (2026-01-08)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7a0b08710864b47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra566568109fa4b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa9538b8b0ac48df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4fd756aecf747ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2051e75976cc4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa9538b8b0ac48df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c54472709a243b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4fd756aecf747ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx 50 UCITS ETF 1D dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +575,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>