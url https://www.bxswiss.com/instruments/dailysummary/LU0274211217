--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra566568109fa4b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e757c8217f24200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4fd756aecf747ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8833a3fbe8b4be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c54472709a243b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4fd756aecf747ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recb5eaa52e1a4bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8833a3fbe8b4be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers Euro Stoxx 50 UCITS ETF 1D dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274211217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>