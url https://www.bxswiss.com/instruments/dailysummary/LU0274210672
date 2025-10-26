--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7797e0bf84e4fb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e9b8e196cd4cf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcde8fd63c004012"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32a4a04611f4f77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra451c42170284454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcde8fd63c004012" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ccb4e03889943a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32a4a04611f4f77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI USA Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274210672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,400</x:t>
-[...21 lines deleted...]
-          <x:t>158,482</x:t>
+          <x:t>156,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,728</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>160,036</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>