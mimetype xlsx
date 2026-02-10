--- v1 (2025-10-26)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e9b8e196cd4cf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd62f069813ce4f49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32a4a04611f4f77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247a5234d5ac4646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ccb4e03889943a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32a4a04611f4f77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb145471fadaa454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247a5234d5ac4646" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI USA Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274210672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>159,745</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,838</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>161,574</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>