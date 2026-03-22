--- v2 (2026-02-10)
+++ v3 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd62f069813ce4f49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0997d830b0a406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247a5234d5ac4646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dbc785a534b40b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb145471fadaa454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247a5234d5ac4646" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26f155a54e794f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dbc785a534b40b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI USA Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274210672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>159,554</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>