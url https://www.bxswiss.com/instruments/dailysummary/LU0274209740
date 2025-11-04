--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa88761d39234e5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eaaf51d6abe49fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e3ac242b630479e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R160ee94449694058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e6a3ee565544974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e3ac242b630479e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a54593c3a8476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R160ee94449694058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Japan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>