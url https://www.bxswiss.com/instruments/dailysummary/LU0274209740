--- v1 (2025-11-04)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eaaf51d6abe49fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R102004db004147a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R160ee94449694058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R452f411760e44325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a54593c3a8476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R160ee94449694058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0db4c19a83cb48c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R452f411760e44325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Japan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>80,842</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>