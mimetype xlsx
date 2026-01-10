--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R102004db004147a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5ea18c05c242ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R452f411760e44325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce143e57d18f4255"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0db4c19a83cb48c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R452f411760e44325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b37c1555eca477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce143e57d18f4255" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Japan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>