--- v3 (2026-01-10)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5ea18c05c242ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ae5e083ed1f4efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce143e57d18f4255"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f5b73608e56454a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b37c1555eca477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce143e57d18f4255" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec0ed39a1b6b4967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f5b73608e56454a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Japan UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>84,279</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>