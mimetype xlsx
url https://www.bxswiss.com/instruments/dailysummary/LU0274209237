--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad12e946aac7407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b50cd3bd994f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb58af39e81bc44a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac580ee6f05f4846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc33fc9987a1c4c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb58af39e81bc44a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd949a496d42d457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac580ee6f05f4846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>93,540</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,393</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>94,983</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>