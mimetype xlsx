--- v1 (2025-11-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b50cd3bd994f32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a3f288f8134441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac580ee6f05f4846"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfce9fc5c4a91480e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd949a496d42d457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac580ee6f05f4846" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0fc0072048742cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfce9fc5c4a91480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>95,190</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>