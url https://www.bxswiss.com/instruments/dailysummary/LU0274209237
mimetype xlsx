--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a3f288f8134441" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0de7181d3549488a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfce9fc5c4a91480e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbca2989a5ce04d87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0fc0072048742cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfce9fc5c4a91480e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8532d8b6d9b4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbca2989a5ce04d87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>