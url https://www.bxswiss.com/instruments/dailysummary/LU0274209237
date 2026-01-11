--- v3 (2026-01-10)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0de7181d3549488a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19b3d79749e4ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbca2989a5ce04d87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R353ee35348724581"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8532d8b6d9b4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbca2989a5ce04d87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590a4815f48e43cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R353ee35348724581" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>