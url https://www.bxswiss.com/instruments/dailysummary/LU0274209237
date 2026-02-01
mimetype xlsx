--- v4 (2026-01-11)
+++ v5 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19b3d79749e4ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6240024052e643d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R353ee35348724581"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45fd26c81c914467"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R590a4815f48e43cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R353ee35348724581" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ff63d8bcab4330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45fd26c81c914467" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,121</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>