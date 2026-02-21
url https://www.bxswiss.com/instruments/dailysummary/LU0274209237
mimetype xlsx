--- v5 (2026-02-01)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6240024052e643d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf45f4300a1fc4e58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45fd26c81c914467"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9edad28b97e14041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ff63d8bcab4330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45fd26c81c914467" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reca376deb7544e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9edad28b97e14041" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Europe UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274209237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>