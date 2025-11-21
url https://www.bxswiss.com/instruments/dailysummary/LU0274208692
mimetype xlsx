--- v0 (2025-10-29)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c7d7ab896a3449a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f633222a9b14dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2240c33fe4bf4f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7c1886c42b4de2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72e6be0dec444924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2240c33fe4bf4f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re91de28306ab4fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7c1886c42b4de2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI World Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274208692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>