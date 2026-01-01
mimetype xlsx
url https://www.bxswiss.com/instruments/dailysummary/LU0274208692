--- v1 (2025-11-21)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f633222a9b14dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb849d03570254340" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7c1886c42b4de2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f5b0455d8474e51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re91de28306ab4fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7c1886c42b4de2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bfabd4ef2b64841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f5b0455d8474e51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI World Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274208692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>111,822</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,027</x:t>
-[...377 lines deleted...]
-          <x:t>109,092</x:t>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>