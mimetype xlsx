--- v2 (2026-01-01)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb849d03570254340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792df6f0d1f74088" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f5b0455d8474e51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac777a979d974ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bfabd4ef2b64841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f5b0455d8474e51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e7d70b35de48d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac777a979d974ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI World Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274208692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>111,266</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>