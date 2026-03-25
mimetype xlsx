--- v3 (2026-02-12)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792df6f0d1f74088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01dd83db32a24a67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac777a979d974ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46282eabd41c45cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e7d70b35de48d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac777a979d974ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42d39bfc0f64758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46282eabd41c45cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI World Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0274208692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>111,346</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>