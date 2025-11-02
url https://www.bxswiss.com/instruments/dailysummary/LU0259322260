--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38de6a56917340e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc71860df7e413b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26747caeced04e04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954df8fb3dc14874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R086cfa1ee2f742b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26747caeced04e04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff628dff04484ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954df8fb3dc14874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access NYSE Arca Gold Bugs UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0259322260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>