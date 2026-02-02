--- v1 (2025-11-02)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc71860df7e413b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80770539d7a24aa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954df8fb3dc14874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb133ab480c4346e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff628dff04484ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954df8fb3dc14874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8890e3c7a447b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb133ab480c4346e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access NYSE Arca Gold Bugs UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0259322260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>191,666</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>