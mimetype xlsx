--- v2 (2026-02-02)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80770539d7a24aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77a744cb2eb94991" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb133ab480c4346e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27897fdea1e74ffb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8890e3c7a447b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb133ab480c4346e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc004aaf60204d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27897fdea1e74ffb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access NYSE Arca Gold Bugs UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0259322260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>