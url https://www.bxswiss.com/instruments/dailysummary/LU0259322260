--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77a744cb2eb94991" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fd498f77f35482a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27897fdea1e74ffb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7379ecc538984011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc004aaf60204d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27897fdea1e74ffb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a3af463ec9f4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7379ecc538984011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access NYSE Arca Gold Bugs UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0259322260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>