--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red689329599e44ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c806a68b91b4d8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeca3d84a00c4444"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67651dc370ec40f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f025908a4af45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeca3d84a00c4444" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb889b9d027c44050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67651dc370ec40f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Levdax Daily (2X) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252634307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>