--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c806a68b91b4d8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9113eea9a52f473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67651dc370ec40f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23dcc5de1254edf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb889b9d027c44050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67651dc370ec40f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f01cf029124cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23dcc5de1254edf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Levdax Daily (2X) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252634307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>216,469</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>