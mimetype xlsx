--- v2 (2026-01-08)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9113eea9a52f473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037aafd8d08b40a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23dcc5de1254edf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R111a18d8bdbf4382"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f01cf029124cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23dcc5de1254edf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba34c714a86143df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R111a18d8bdbf4382" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Levdax Daily (2X) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252634307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +548,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>