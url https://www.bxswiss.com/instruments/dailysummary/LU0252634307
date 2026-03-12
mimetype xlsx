--- v3 (2026-01-11)
+++ v4 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037aafd8d08b40a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e420218e59401a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R111a18d8bdbf4382"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f5224ce8ba8475d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba34c714a86143df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R111a18d8bdbf4382" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c7ca8da894c446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f5224ce8ba8475d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Levdax Daily (2X) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252634307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>253,478</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>