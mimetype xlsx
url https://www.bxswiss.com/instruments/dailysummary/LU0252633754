--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f53332d4cd34a9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c9a4e7c7ea43a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62d33a723d614b1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc97b30e076094f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d03855d062b4860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62d33a723d614b1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R719c7ccb9608459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc97b30e076094f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Dax III UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252633754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>205,899</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>