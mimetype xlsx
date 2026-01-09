--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c9a4e7c7ea43a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53226dfa179f46f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc97b30e076094f36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5fed28be434123"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R719c7ccb9608459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc97b30e076094f36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61c4f686b1ee4d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5fed28be434123" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Dax III UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252633754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,744</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>