--- v2 (2026-01-09)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53226dfa179f46f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf51d7265864538" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5fed28be434123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99632f71fc274c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61c4f686b1ee4d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5fed28be434123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R688beb39a2db4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99632f71fc274c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Dax III UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252633754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,919</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>