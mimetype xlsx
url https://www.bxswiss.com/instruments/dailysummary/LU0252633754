--- v3 (2026-02-02)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf51d7265864538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29d01b14bf443f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99632f71fc274c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6fbff105d06499d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R688beb39a2db4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99632f71fc274c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra39e36c72b074e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6fbff105d06499d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Dax III UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252633754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>