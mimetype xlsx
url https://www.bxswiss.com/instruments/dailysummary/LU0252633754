--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29d01b14bf443f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2fc833596ce4e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6fbff105d06499d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a8dc2017ee4b0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra39e36c72b074e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6fbff105d06499d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re55a0d056286449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a8dc2017ee4b0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Dax III UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0252633754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>