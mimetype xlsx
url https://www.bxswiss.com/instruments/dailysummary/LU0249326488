--- v0 (2025-10-22)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b0ebc88d03481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffef1e4b048e4f6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R239b899dec7f47aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e03186d65534121"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dea00e4ace644a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R239b899dec7f47aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55aa9f929e7541e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e03186d65534121" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access Rogers International Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0249326488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,064</x:t>
-[...43 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>24,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,934</x:t>
-[...4 lines deleted...]
-          <x:t>25,124</x:t>
+          <x:t>25,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,381</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>25,070</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,609</x:t>
-[...382 lines deleted...]
-          <x:t>24,614</x:t>
+          <x:t>25,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>