--- v1 (2025-11-13)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffef1e4b048e4f6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0d001acf074b7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e03186d65534121"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d3e5797cd8c40c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55aa9f929e7541e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e03186d65534121" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f51b0e5fbb64cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d3e5797cd8c40c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access Rogers International Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0249326488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...220 lines deleted...]
-          <x:t>25,260</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,195</x:t>
-[...26 lines deleted...]
-          <x:t>25,139</x:t>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,413</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>25,507</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>