--- v2 (2025-12-24)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0d001acf074b7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bd21b6274b84240" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d3e5797cd8c40c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8a8792b1ce4041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f51b0e5fbb64cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d3e5797cd8c40c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9321331a588e47ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8a8792b1ce4041" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access Rogers International Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0249326488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>25,652</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>