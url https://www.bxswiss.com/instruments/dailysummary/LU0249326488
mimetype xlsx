--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bd21b6274b84240" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R104a80d999734058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8a8792b1ce4041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61627ca222684ea1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9321331a588e47ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8a8792b1ce4041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44c2bf1f6714d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61627ca222684ea1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market Access Rogers International Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0249326488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>26,908</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,846</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>26,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,417</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>