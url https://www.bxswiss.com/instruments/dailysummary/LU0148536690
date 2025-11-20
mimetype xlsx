--- v0 (2025-10-09)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59bab8c062c5488f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd9a394c53d4dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R497e5283c3724b44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R053d70ae23e14c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra43706aab78a47a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R497e5283c3724b44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6887728cade14bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R053d70ae23e14c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Japan Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0148536690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>39.827,500</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.054,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.334,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.054,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.334,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.089,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.089,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.009,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.089,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.263,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.263,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.263,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.049,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.049,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.143,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.224,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.143,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.224,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.873,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.873,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.873,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.873,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.597,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.739,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.597,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.597,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.393,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.393,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.393,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.393,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.794,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.877,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.794,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.794,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.285,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.285,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.203,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.203,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.161,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.286,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.161,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.286,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.987,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.987,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.781,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.781,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.429,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.753,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.429,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.753,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.842,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.924,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.595,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.842,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.906,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.906,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.537,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.537,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.948,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.989,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.948,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.948,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.163,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.163,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.081,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.081,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.512,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.638,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.512,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.638,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.807,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.807,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.221,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.221,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.594,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.594,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.261,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.594,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.241,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.241,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.157,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.052,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39.930,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39.930,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.057,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.057,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40.218,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>