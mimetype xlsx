--- v1 (2025-11-20)
+++ v2 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd9a394c53d4dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reacf887faa244954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R053d70ae23e14c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb37b7a201ebc447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6887728cade14bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R053d70ae23e14c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce76763e31064c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb37b7a201ebc447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Japan Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0148536690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>40.218,500</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.208,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.208,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.572,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.869,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.457,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.457,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.308,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.350,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.497,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.497,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.497,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.497,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.461,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.461,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.419,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.419,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.322,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.446,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.322,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.446,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.726,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.810,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.726,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.810,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.776,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.776,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.776,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.776,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.107,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.072,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.072,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.987,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.987,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.902,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.902,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.902,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41.902,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.636,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.766,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.636,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.766,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.584,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.584,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.278,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.278,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.204,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.912,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.998,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.912,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.998,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.216,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.389,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.216,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.389,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.289,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.420,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.289,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.420,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>