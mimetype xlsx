--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reacf887faa244954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61838d16351a4ce1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb37b7a201ebc447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25fc8145b65d4d41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce76763e31064c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb37b7a201ebc447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8c485668ff4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25fc8145b65d4d41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Japan Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0148536690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42.912,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42.998,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42.912,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42.998,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +224,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44.289,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44.420,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44.289,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44.420,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.510,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.510,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.915,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.915,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.825,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.261,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.442,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.261,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.442,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.052,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.052,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.052,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.052,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.989,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.989,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.989,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.989,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.470,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.470,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.976,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.201,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.158,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.425,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.158,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.425,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.449,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.538,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.449,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.538,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.578,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.578,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.444,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.444,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.470,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.470,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.749,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.749,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.441,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.441,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.572,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.572,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.441,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.441,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.657,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.657,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.218,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.797,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.062,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.797,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.062,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.648,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.999,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.648,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.999,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.651,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.651,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.223,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.223,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.223,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.223,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.140,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.140,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.983,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.983,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.441,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.080,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.441,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.080,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>