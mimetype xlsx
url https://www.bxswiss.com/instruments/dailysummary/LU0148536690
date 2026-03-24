--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61838d16351a4ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f57a6001f1403b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25fc8145b65d4d41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra614a0da6d2a4d71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8c485668ff4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25fc8145b65d4d41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4579e6aa5ebc42e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra614a0da6d2a4d71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Japan Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0148536690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>45.261,000</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.733,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.202,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.733,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.202,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.690,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.690,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.690,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.690,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.842,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.889,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.842,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46.889,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.436,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.436,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.632,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.775,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.440,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.440,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48.424,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48.521,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48.229,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48.229,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.586,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.586,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47.442,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.055,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.195,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.718,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.390,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.718,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.390,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.274,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.410,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.046,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.137,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.539,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.539,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.716,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.716,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.887,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.196,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.887,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.195,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.270,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.910,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.321,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45.321,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.958,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.958,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.897,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.942,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.447,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.447,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.418,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.553,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.418,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.553,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.261,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.440,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.261,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.440,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.524,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.524,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.524,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.524,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45.442,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45.261,000</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>45.442,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>46.080,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.848,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.985,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.449,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43.449,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.422,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.422,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.043,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.043,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.788,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.168,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42.788,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44.078,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>