--- v0 (2025-10-27)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e23c9101ba446ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc84c75dd4d1f48ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e16d3ce926c410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a77a91ba90c48d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d0d77b056594b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e16d3ce926c410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9846bb8a9c6a45a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a77a91ba90c48d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0147308422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,561</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>