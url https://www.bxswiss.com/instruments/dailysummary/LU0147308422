--- v1 (2025-11-17)
+++ v2 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc84c75dd4d1f48ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204e7b1429334d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a77a91ba90c48d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e443abc0c244a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9846bb8a9c6a45a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a77a91ba90c48d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32865411f5f24719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e443abc0c244a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0147308422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...323 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,575</x:t>
-[...252 lines deleted...]
-          <x:t>175,674</x:t>
+          <x:t>177,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>