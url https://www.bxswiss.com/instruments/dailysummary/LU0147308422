--- v2 (2025-12-29)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204e7b1429334d66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa06ba11af3e46f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e443abc0c244a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4ea6aa98fce43f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32865411f5f24719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e443abc0c244a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdc5b4abe36b4dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4ea6aa98fce43f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0147308422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>179,794</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>