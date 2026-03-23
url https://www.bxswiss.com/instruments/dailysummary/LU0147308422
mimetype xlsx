--- v3 (2026-02-11)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa06ba11af3e46f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d0f098fa1f44784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4ea6aa98fce43f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfabac8ccb9d44cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdc5b4abe36b4dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4ea6aa98fce43f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R069aee2dfd1f48bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfabac8ccb9d44cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0147308422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...490 lines deleted...]
-          <x:t>184,909</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,349</x:t>
-[...85 lines deleted...]
-          <x:t>185,186</x:t>
+          <x:t>188,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>