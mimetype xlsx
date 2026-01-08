--- v0 (2025-10-14)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e4ebf40a764b64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7196048ac1f64800" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red4007ee218446dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3125381919e4a8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c02dc618b8342ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red4007ee218446dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9370f57c31d6423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3125381919e4a8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - FTSE 100 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136242590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>93,273</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>