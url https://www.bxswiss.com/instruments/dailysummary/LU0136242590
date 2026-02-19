--- v1 (2026-01-08)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7196048ac1f64800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0eea28d4fe74cfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3125381919e4a8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f6b5ca6cb54d6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9370f57c31d6423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3125381919e4a8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32232df957144a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f6b5ca6cb54d6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - FTSE 100 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136242590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,816</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>