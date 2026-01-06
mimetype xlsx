--- v0 (2025-10-17)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd93462203c547c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48166ef91be48b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef8db8f9eb84916"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ce6528d20e4e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96303cdd74b147a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef8db8f9eb84916" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ba35a0cc604ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ce6528d20e4e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136240974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>52,049</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>