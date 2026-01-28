--- v1 (2026-01-06)
+++ v2 (2026-01-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48166ef91be48b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46b7bd720664c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ce6528d20e4e20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f56caaa24a04b1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ba35a0cc604ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ce6528d20e4e20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd68c2f77c9742a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f56caaa24a04b1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136240974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +251,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>