--- v2 (2026-01-28)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46b7bd720664c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a2021ba86d94653" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f56caaa24a04b1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raddcce4abdbb4a54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd68c2f77c9742a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f56caaa24a04b1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7043a0f259ea404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raddcce4abdbb4a54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136240974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,396</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -656,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>