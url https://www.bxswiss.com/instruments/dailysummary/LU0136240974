--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a2021ba86d94653" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158070a8c5f64c0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raddcce4abdbb4a54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra85a23e6df30456a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7043a0f259ea404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raddcce4abdbb4a54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8bc8caf46c44d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra85a23e6df30456a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136240974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>