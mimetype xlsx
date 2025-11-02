--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82769b5b73034c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ca1acfa7ac41e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bed715c5c674f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c290f977bea477d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69a7d6aecd2b445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bed715c5c674f03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8863146bf0aa4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c290f977bea477d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136234654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>510,895</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>515,669</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>