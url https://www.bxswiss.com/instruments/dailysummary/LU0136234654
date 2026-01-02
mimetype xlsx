--- v1 (2025-11-02)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ca1acfa7ac41e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158640712a8b49f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c290f977bea477d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00c405536a754d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8863146bf0aa4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c290f977bea477d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R891ec3e242624c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00c405536a754d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136234654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>532,473</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>