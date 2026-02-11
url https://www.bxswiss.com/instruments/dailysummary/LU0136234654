--- v2 (2026-01-02)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158640712a8b49f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54458e06c8f5426a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00c405536a754d26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a9ac8a6f1b94ded"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R891ec3e242624c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00c405536a754d26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0137664f2bc46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a9ac8a6f1b94ded" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136234654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>528,172</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>