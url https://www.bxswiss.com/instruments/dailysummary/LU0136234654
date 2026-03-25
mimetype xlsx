--- v3 (2026-02-11)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54458e06c8f5426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra95a02a8396d404d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a9ac8a6f1b94ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8836bb6d128848e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0137664f2bc46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a9ac8a6f1b94ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9fee8fe6817401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8836bb6d128848e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI USA UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136234654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>514,885</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>