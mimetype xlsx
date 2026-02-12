--- v0 (2025-11-01)
+++ v1 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b9b104951143ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee0ef5182564d65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac1b6eb51f2040e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3130aea85b3e4866"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9383af2c7d5446a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac1b6eb51f2040e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recbdad49e3794785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3130aea85b3e4866" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - EURO STOXX 50 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136234068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>52,795</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>