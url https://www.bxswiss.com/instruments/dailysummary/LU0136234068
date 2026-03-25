--- v1 (2026-02-12)
+++ v2 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee0ef5182564d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02a2184df53c45d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3130aea85b3e4866"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R666368384983439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recbdad49e3794785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3130aea85b3e4866" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R456c9ecd0d64416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R666368384983439c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - EURO STOXX 50 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0136234068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...409 lines deleted...]
-          <x:t>54,556</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,021</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>55,454</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>