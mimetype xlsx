--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R889929ede7df4513" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e985b4f862243e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad08c96ef4d74867"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63864b7a26864f4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36faee27d394da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad08c96ef4d74867" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R745cdff71b234f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63864b7a26864f4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - USA Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0130732877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>628,250</x:t>
-[...259 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>615,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>634,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>635,025</x:t>
-[...16 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>629,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>636,025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>636,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>636,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>634,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>636,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>