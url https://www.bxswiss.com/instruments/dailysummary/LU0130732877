--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e985b4f862243e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4024ceff18814e3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63864b7a26864f4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8acb507df05b47a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R745cdff71b234f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63864b7a26864f4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4867f4fb91154bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8acb507df05b47a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - USA Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0130732877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>629,200</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>632,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>628,050</x:t>
-[...188 lines deleted...]
-          <x:t>633,375</x:t>
+          <x:t>634,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>636,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>648,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>