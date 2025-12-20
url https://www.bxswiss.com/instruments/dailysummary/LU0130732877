--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4024ceff18814e3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67db3c10bc0c48b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8acb507df05b47a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16031b69bf94e83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4867f4fb91154bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8acb507df05b47a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e9fcd6f25e14d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16031b69bf94e83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - USA Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0130732877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>631,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>624,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>