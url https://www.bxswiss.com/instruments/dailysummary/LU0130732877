--- v3 (2025-12-20)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67db3c10bc0c48b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18a1e2501ac4478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16031b69bf94e83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367ca8f9759e4620"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e9fcd6f25e14d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16031b69bf94e83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re585aaea4fa44540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367ca8f9759e4620" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - USA Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0130732877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>640,475</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>644,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>650,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>647,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>648,650</x:t>
-[...269 lines deleted...]
-          <x:t>644,925</x:t>
+          <x:t>649,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>