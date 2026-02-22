--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18a1e2501ac4478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52fa19641f6143b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367ca8f9759e4620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ba8dec513044eec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re585aaea4fa44540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367ca8f9759e4620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra26a153ed4a84411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ba8dec513044eec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - USA Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0130732877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>641,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>645,100</x:t>
-[...58 lines deleted...]
-          <x:t>648,900</x:t>
+          <x:t>648,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>650,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>654,650</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>651,600</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,375</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>653,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>656,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>