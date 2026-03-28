--- v5 (2026-02-22)
+++ v6 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52fa19641f6143b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42973776a91246ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ba8dec513044eec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841666cfd43745f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra26a153ed4a84411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ba8dec513044eec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ff95455ad2c47a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841666cfd43745f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - USA Index PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0130732877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>650,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>654,150</x:t>
-[...274 lines deleted...]
-          <x:t>640,375</x:t>
+          <x:t>655,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>643,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>650,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>