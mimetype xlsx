--- v0 (2025-11-01)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12089fa924fa462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb1024b999694b8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1447043de3144c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47f4a950e6e46b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6801c03bff304cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1447043de3144c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8fda64f55443fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47f4a950e6e46b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Biotech USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0112497283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.463,550</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>