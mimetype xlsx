--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb1024b999694b8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f9fa76969342f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47f4a950e6e46b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20952c6521de4d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8fda64f55443fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47f4a950e6e46b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58e5fa34c32e4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20952c6521de4d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Biotech USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0112497283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.629,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.633,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.612,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.616,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.649,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.649,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.619,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.621,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>