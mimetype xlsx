--- v2 (2026-01-10)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f9fa76969342f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3507999fbee44f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20952c6521de4d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a3d5e4bfe14c01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58e5fa34c32e4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20952c6521de4d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra85957f74f3747f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a3d5e4bfe14c01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet SICAV - Biotech USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0112497283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1.638,550</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.624,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.629,300</x:t>
-[...70 lines deleted...]
-          <x:t>1.629,700</x:t>
+          <x:t>1.652,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.619,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.626,700</x:t>
-[...296 lines deleted...]
-          <x:t>1.648,150</x:t>
+          <x:t>1.639,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>