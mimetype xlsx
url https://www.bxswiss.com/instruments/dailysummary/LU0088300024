--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1dd0c9f4414083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef8e29889094335" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb7b2d8a1c094ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8abf7aa73651406b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R646db53506604f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb7b2d8a1c094ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2bc836810ca4e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8abf7aa73651406b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Select Equity USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0088300024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>705,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>708,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>707,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>703,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>703,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>698,750</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>691,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>694,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>702,750</x:t>
-[...252 lines deleted...]
-          <x:t>716,250</x:t>
+          <x:t>700,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>