--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef8e29889094335" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4787addbfd614207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8abf7aa73651406b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41e2c82777b4ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2bc836810ca4e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8abf7aa73651406b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c5c744934764c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41e2c82777b4ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Select Equity USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0088300024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>706,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>711,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>706,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>710,750</x:t>
-[...70 lines deleted...]
-          <x:t>711,750</x:t>
+          <x:t>709,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>709,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>711,250</x:t>
-[...222 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>703,750</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,750</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>706,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>703,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>706,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>709,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>710,250</x:t>
-[...43 lines deleted...]
-          <x:t>718,750</x:t>
+          <x:t>704,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>709,750</x:t>
-        </x:is>
-[...138 lines deleted...]
-          <x:t>694,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>