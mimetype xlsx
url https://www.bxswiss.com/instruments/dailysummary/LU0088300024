--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4787addbfd614207" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R889fbb3a8947486b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41e2c82777b4ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6358a80b36cd4b86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c5c744934764c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41e2c82777b4ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275be22a5cee44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6358a80b36cd4b86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Select Equity USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0088300024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>693,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>698,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>692,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>693,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>