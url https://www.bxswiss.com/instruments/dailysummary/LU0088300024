--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R889fbb3a8947486b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60dcdb701b874af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6358a80b36cd4b86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c34bd80aa414c5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275be22a5cee44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6358a80b36cd4b86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d821506f6047e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c34bd80aa414c5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Select Equity USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0088300024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>704,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>708,750</x:t>
-[...16 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>705,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>704,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>705,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>704,250</x:t>
+          <x:t>705,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>704,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>710,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>712,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>709,250</x:t>
-[...274 lines deleted...]
-          <x:t>709,750</x:t>
+          <x:t>714,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>