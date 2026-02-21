--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60dcdb701b874af3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde4460aa56154506" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c34bd80aa414c5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c18cf9f98142f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d821506f6047e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c34bd80aa414c5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943ce5f4ec694f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c18cf9f98142f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Select Equity USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0088300024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>718,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>721,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>718,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>715,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>720,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>726,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>725,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>