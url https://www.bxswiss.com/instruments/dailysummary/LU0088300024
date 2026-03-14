--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde4460aa56154506" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc5dcbf8f3c40b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c18cf9f98142f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65652f5797844ce0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943ce5f4ec694f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c18cf9f98142f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfbcc7087edf4d01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65652f5797844ce0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPMorgan IF SICAV - Global Select Equity USD CC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU0088300024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>722,750</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>726,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>726,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>718,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>722,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>721,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>721,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>714,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>720,750</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>715,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>718,750</x:t>
-[...296 lines deleted...]
-          <x:t>730,750</x:t>
+          <x:t>702,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>