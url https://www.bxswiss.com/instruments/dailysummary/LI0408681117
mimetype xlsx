--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5521897b34646d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b228c06a2f44fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d80183b3fbe4329"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08c805c75834e11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a3cd2872b1e42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d80183b3fbe4329" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e946f35a664d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08c805c75834e11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AQUIS UCITS Lumen Vietnam CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0408681117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>159,750</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>158,650</x:t>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,350</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>158,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>158,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>154,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,750</x:t>
-[...161 lines deleted...]
-          <x:t>158,250</x:t>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>