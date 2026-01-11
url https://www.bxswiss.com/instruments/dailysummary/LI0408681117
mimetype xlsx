--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b228c06a2f44fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9120d9240b444a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08c805c75834e11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11572851bf8242bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e946f35a664d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08c805c75834e11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a46b0103ed4b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11572851bf8242bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AQUIS UCITS Lumen Vietnam CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0408681117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,250</x:t>
-[...11 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>157,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>155,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>