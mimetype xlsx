--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9120d9240b444a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b02530c2154ce1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11572851bf8242bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f4c31b29de74702"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a46b0103ed4b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11572851bf8242bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a9d95d484c0451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f4c31b29de74702" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AQUIS UCITS Lumen Vietnam CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0408681117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>165,950</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>