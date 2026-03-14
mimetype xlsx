--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b02530c2154ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfab31545f984d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f4c31b29de74702"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae4ff80b5af4e60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a9d95d484c0451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f4c31b29de74702" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f153dd63184466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae4ff80b5af4e60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AQUIS UCITS Lumen Vietnam CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0408681117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>172,200</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,200</x:t>
-[...87 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>171,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,550</x:t>
-[...75 lines deleted...]
-          <x:t>173,750</x:t>
+          <x:t>170,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,650</x:t>
-[...355 lines deleted...]
-          <x:t>176,000</x:t>
+          <x:t>175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>