--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f4d9a933bb4068" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d739f258df4c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b35978345db44ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R629b7725ee4a49dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17f12b7ffe844dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b35978345db44ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radfab8ad800345e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R629b7725ee4a49dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AQUIS UCITS Lumen Vietnam USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0408681091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>183,050</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,050</x:t>
-[...129 lines deleted...]
-          <x:t>181,600</x:t>
+          <x:t>181,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>178,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>179,000</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,100</x:t>
-[...4 lines deleted...]
-          <x:t>178,100</x:t>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>