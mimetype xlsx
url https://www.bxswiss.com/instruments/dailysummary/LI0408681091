--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d739f258df4c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea81a5b9b524b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R629b7725ee4a49dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb35ef246f4544d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radfab8ad800345e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R629b7725ee4a49dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe84c63ea32c49b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb35ef246f4544d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AQUIS UCITS Lumen Vietnam USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0408681091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>178,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>178,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>178,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>177,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,300</x:t>
-[...620 lines deleted...]
-          <x:t>177,900</x:t>
+          <x:t>175,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>