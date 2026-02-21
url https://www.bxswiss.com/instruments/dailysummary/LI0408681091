--- v2 (2025-11-15)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea81a5b9b524b64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a687c8181b4696" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb35ef246f4544d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R546d0ec9e24b41e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe84c63ea32c49b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb35ef246f4544d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb90d884ce74702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R546d0ec9e24b41e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AQUIS UCITS Lumen Vietnam USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0408681091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,100</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>