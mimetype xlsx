--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a687c8181b4696" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2a98297df1946ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R546d0ec9e24b41e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2470229e8cc409c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb90d884ce74702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R546d0ec9e24b41e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7086221f554adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2470229e8cc409c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AQUIS UCITS Lumen Vietnam USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0408681091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>195,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,300</x:t>
-[...399 lines deleted...]
-          <x:t>200,500</x:t>
+          <x:t>195,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,400</x:t>
-[...134 lines deleted...]
-          <x:t>201,500</x:t>
+          <x:t>200,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>