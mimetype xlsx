--- v0 (2025-10-03)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R281420faaebd422d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76c335b1d1b742fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93af8761dd52412c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad12fa06228344f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f9da4e634f498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93af8761dd52412c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae0fa55c9e38427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad12fa06228344f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>358,300</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>02.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>359,300</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>359,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>357,700</x:t>
-[...80 lines deleted...]
-          <x:t>359,500</x:t>
+          <x:t>356,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,800</x:t>
-        </x:is>
-[...457 lines deleted...]
-          <x:t>359,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>