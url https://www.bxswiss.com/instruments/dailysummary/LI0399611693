--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76c335b1d1b742fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24929633c20f46fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad12fa06228344f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86161474517d4c2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae0fa55c9e38427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad12fa06228344f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544aedf65c754953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86161474517d4c2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>356,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>353,850</x:t>
-[...11 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>361,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>363,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>361,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>360,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>360,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>360,100</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>360,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>359,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>