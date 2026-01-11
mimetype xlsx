--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24929633c20f46fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a424982af614cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86161474517d4c2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002642b6b1544413"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544aedf65c754953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86161474517d4c2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bc4c03b426141d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002642b6b1544413" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>359,600</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>359,300</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>363,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>362,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>361,400</x:t>
-[...139 lines deleted...]
-          <x:t>363,200</x:t>
+          <x:t>365,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>