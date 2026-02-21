--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a424982af614cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R830968b0a40540a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002642b6b1544413"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdee9a12aa92447d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bc4c03b426141d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002642b6b1544413" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra02aa4e32a164887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdee9a12aa92447d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>365,500</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>368,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>364,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>364,800</x:t>
-[...119 lines deleted...]
-          <x:t>364,300</x:t>
+          <x:t>366,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>367,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>365,000</x:t>
-[...193 lines deleted...]
-          <x:t>368,050</x:t>
+          <x:t>370,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>