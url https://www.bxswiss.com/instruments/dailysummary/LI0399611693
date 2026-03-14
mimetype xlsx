--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R830968b0a40540a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba6e037c6a34f98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdee9a12aa92447d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R603d46f5c1a349a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra02aa4e32a164887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdee9a12aa92447d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd35a91880484461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R603d46f5c1a349a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>375,850</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>357,050</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>356,950</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>355,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>357,350</x:t>
-[...90 lines deleted...]
-          <x:t>358,200</x:t>
+          <x:t>350,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>