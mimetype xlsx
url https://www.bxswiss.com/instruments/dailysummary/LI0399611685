--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca42de7e9c747aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec1ffffad144a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ed0cf99f8674152"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2be739ce84d4873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad784ecd765744a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ed0cf99f8674152" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5aaacace724335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2be739ce84d4873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value EUR ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>309,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>317,100</x:t>
-        </x:is>
-[...602 lines deleted...]
-          <x:t>312,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>