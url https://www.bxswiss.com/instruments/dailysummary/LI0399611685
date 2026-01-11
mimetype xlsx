--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec1ffffad144a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3b82cd5a594bfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2be739ce84d4873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1497dad22a194a83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5aaacace724335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2be739ce84d4873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bad53c6bcbd4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1497dad22a194a83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value EUR ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>312,250</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>311,650</x:t>
-[...16 lines deleted...]
-          <x:t>311,250</x:t>
+          <x:t>314,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>308,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>308,950</x:t>
-[...11 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>312,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>314,350</x:t>
-[...43 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>314,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>315,150</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>314,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...208 lines deleted...]
-          <x:t>317,100</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>