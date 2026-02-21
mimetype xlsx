--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3b82cd5a594bfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c466bd1a7d404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1497dad22a194a83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6337d1218c3746d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bad53c6bcbd4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1497dad22a194a83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9f6acd4fb4042d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6337d1218c3746d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value EUR ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>312,350</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>315,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>313,750</x:t>
-[...33 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>305,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>312,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>315,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>315,750</x:t>
-[...43 lines deleted...]
-          <x:t>316,800</x:t>
+          <x:t>315,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>315,250</x:t>
-[...161 lines deleted...]
-          <x:t>320,800</x:t>
+          <x:t>317,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>