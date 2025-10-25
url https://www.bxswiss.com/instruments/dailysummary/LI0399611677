--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88ed69ad33de456d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R541e1fded38d4293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R417a71e127c84146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bbbfeacfbcb4f0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17ff04117d64dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R417a71e127c84146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd55241c1c0974256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bbbfeacfbcb4f0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>463,900</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>475,650</x:t>
-[...26 lines deleted...]
-          <x:t>472,550</x:t>
+          <x:t>466,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,450</x:t>
-        </x:is>
-[...570 lines deleted...]
-          <x:t>466,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>