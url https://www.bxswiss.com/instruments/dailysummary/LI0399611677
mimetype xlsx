--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R541e1fded38d4293" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8785adbfa3974195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bbbfeacfbcb4f0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R696b9df507ee4103"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd55241c1c0974256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bbbfeacfbcb4f0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c7519cdc914f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R696b9df507ee4103" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>470,050</x:t>
+          <x:t>467,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>461,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>466,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>468,750</x:t>
-[...323 lines deleted...]
-          <x:t>467,000</x:t>
+          <x:t>467,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>459,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>461,000</x:t>
-[...80 lines deleted...]
-          <x:t>468,450</x:t>
+          <x:t>461,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>