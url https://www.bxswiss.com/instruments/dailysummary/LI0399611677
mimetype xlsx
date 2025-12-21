--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8785adbfa3974195" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344caa35998648ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R696b9df507ee4103"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1303359f6aaf4d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c7519cdc914f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R696b9df507ee4103" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44b1c03bb1d4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1303359f6aaf4d6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>464,900</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>462,000</x:t>
+          <x:t>472,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>468,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>469,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>466,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>467,450</x:t>
-[...469 lines deleted...]
-        <x:is>
           <x:t>469,250</x:t>
-        </x:is>
-[...121 lines deleted...]
-          <x:t>460,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>