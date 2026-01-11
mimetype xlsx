--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344caa35998648ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f96a75c5e734dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1303359f6aaf4d6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921e4b74265d4246"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44b1c03bb1d4ce3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1303359f6aaf4d6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c3fc29a40748e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921e4b74265d4246" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>470,650</x:t>
+          <x:t>467,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>470,450</x:t>
-[...421 lines deleted...]
-          <x:t>469,850</x:t>
+          <x:t>466,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>465,400</x:t>
-[...53 lines deleted...]
-          <x:t>469,250</x:t>
+          <x:t>466,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>