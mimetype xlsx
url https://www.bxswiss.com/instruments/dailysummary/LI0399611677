--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f96a75c5e734dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R208f02bf63b74cd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921e4b74265d4246"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0384123f97c45fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c3fc29a40748e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921e4b74265d4246" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcf595f69be4290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0384123f97c45fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>467,950</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>463,500</x:t>
-[...75 lines deleted...]
-          <x:t>474,650</x:t>
+          <x:t>469,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>470,650</x:t>
-[...38 lines deleted...]
-          <x:t>468,750</x:t>
+          <x:t>471,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>465,000</x:t>
-[...301 lines deleted...]
-          <x:t>477,800</x:t>
+          <x:t>471,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>