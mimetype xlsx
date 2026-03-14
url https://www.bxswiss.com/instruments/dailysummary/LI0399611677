--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R208f02bf63b74cd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad6203b6ae341a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0384123f97c45fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a29aae16d2440c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcf595f69be4290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0384123f97c45fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ae5ac4e30e4a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a29aae16d2440c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantex Funds - Global Value CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LI0399611677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>449,650</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>456,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>446,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>446,250</x:t>
-[...58 lines deleted...]
-          <x:t>449,700</x:t>
+          <x:t>445,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>