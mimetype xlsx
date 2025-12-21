--- v0 (2025-10-16)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90a5e0a0df6642da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb568197d7a1b4100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8db6dee5d4644e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd401f913a2eb42ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a105128576d49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8db6dee5d4644e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R935fd18eeba1454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd401f913a2eb42ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI India UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZCQB185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,720</x:t>
-[...107 lines deleted...]
-          <x:t>7,768</x:t>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,697</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>7,641</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>7,773</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>