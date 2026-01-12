--- v1 (2025-12-21)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb568197d7a1b4100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80491559f984ef9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd401f913a2eb42ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b22c4312e124002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R935fd18eeba1454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd401f913a2eb42ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c9fbdeeae5e4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b22c4312e124002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI India UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZCQB185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,083</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>7,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,041</x:t>
-[...205 lines deleted...]
-          <x:t>7,886</x:t>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,848</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>7,799</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,754</x:t>
-[...92 lines deleted...]
-          <x:t>7,780</x:t>
+          <x:t>8,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,811</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,787</x:t>
-[...215 lines deleted...]
-          <x:t>7,848</x:t>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>