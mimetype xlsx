--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80491559f984ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5e5b271fb84b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b22c4312e124002"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54a6098419d41d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c9fbdeeae5e4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b22c4312e124002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1dad3f2376647a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54a6098419d41d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI India UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZCQB185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>7,756</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>