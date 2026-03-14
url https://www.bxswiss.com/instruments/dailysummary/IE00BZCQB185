--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5e5b271fb84b1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb10b55399c81482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54a6098419d41d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6876d3925c74408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1dad3f2376647a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54a6098419d41d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3f355f858734726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6876d3925c74408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI India UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZCQB185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>7,341</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,308</x:t>
-[...16 lines deleted...]
-          <x:t>7,389</x:t>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>7,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,403</x:t>
-[...60 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,222</x:t>
-[...495 lines deleted...]
-          <x:t>7,475</x:t>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>