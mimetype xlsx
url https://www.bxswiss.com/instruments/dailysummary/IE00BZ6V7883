--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067a9edd9ea54f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd00e9279e39a4b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf8b7f53f245461d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf675fc4aafaa4468"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bfa8b4de04443d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf8b7f53f245461d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R676ef9694c224961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf675fc4aafaa4468" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV US Mortgage Backed Securities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ6V7883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,357</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,342</x:t>
-[...43 lines deleted...]
-          <x:t>3,382</x:t>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,365</x:t>
-[...421 lines deleted...]
-          <x:t>3,391</x:t>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,369</x:t>
-[...58 lines deleted...]
-          <x:t>3,378</x:t>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>