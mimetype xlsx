--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd00e9279e39a4b06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09fdd8377744dd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf675fc4aafaa4468"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ee716b167c74ee4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R676ef9694c224961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf675fc4aafaa4468" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eb51fe460744709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ee716b167c74ee4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV US Mortgage Backed Securities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ6V7883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,356</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,352</x:t>
-[...16 lines deleted...]
-          <x:t>3,371</x:t>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,360</x:t>
-[...97 lines deleted...]
-          <x:t>3,378</x:t>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,366</x:t>
-[...97 lines deleted...]
-          <x:t>3,411</x:t>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,396</x:t>
-[...382 lines deleted...]
-          <x:t>3,418</x:t>
+          <x:t>3,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>