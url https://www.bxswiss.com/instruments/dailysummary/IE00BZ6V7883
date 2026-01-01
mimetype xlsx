--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09fdd8377744dd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff9690c56a7443a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ee716b167c74ee4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d481bec42d4bf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eb51fe460744709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ee716b167c74ee4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2787648c45d444c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d481bec42d4bf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV US Mortgage Backed Securities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ6V7883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,417</x:t>
-[...16 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,418</x:t>
-[...75 lines deleted...]
-          <x:t>3,403</x:t>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,393</x:t>
-[...26 lines deleted...]
-          <x:t>3,408</x:t>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,412</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>3,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>