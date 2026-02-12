--- v3 (2026-01-01)
+++ v4 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff9690c56a7443a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59f0e62691a942ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1d481bec42d4bf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec982ea560fa49af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2787648c45d444c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1d481bec42d4bf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R908ee0293b294ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec982ea560fa49af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV US Mortgage Backed Securities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ6V7883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,361</x:t>
+          <x:t>3,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,329</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>3,340</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,346</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,319</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>3,341</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,348</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,333</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>3,329</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>3,327</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>