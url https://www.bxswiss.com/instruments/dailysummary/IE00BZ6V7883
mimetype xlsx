--- v4 (2026-02-12)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59f0e62691a942ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5af924d598447b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec982ea560fa49af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e474b502544b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R908ee0293b294ba2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec982ea560fa49af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b63db6d409d439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e474b502544b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV US Mortgage Backed Securities UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ6V7883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>3,349</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,317</x:t>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,329</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,349</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,323</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>3,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>