--- v0 (2025-10-22)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ec7cfd0cc14786" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fab76327104bd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a9542c0ccc7498b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb212f3216dfe4e06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R771be1e1810a4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a9542c0ccc7498b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6142ce0383a4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb212f3216dfe4e06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Eurozone Quality Dividend Growth UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56TQ67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>23,875</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>