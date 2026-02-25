--- v1 (2026-02-05)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fab76327104bd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13c6f9eee27648ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb212f3216dfe4e06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06023a4d7d734c92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6142ce0383a4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb212f3216dfe4e06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c9906391914fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06023a4d7d734c92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Eurozone Quality Dividend Growth UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56TQ67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,300</x:t>
-[...588 lines deleted...]
-          <x:t>25,248</x:t>
+          <x:t>25,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,475</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>25,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>