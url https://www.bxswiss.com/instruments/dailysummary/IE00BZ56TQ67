--- v2 (2026-02-25)
+++ v3 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13c6f9eee27648ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb744070733544496" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06023a4d7d734c92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f11a2b8f2374068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c9906391914fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06023a4d7d734c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16297b6dd1f34625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f11a2b8f2374068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Eurozone Quality Dividend Growth UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56TQ67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>25,248</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>25,317</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>