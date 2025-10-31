--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415e66e9f3934c55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf6f38ed4454af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80b0e4e6f5ef4a49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e31ac60edb546ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d40c479893d4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80b0e4e6f5ef4a49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ec3eecd7c44c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e31ac60edb546ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Eurozone Quality Dividend Growth UCITS ETF - EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56SY76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>18,247</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,150</x:t>
-[...53 lines deleted...]
-          <x:t>18,186</x:t>
+          <x:t>18,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,251</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>18,219</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>18,896</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,821</x:t>
-[...65 lines deleted...]
-          <x:t>18,783</x:t>
+          <x:t>18,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,936</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>18,830</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>