--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf6f38ed4454af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0d89aa30a34db4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e31ac60edb546ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85211addec184cc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ec3eecd7c44c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e31ac60edb546ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c7e0567c5b045ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85211addec184cc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Eurozone Quality Dividend Growth UCITS ETF - EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56SY76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>18,896</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,821</x:t>
-[...43 lines deleted...]
-          <x:t>18,905</x:t>
+          <x:t>18,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,796</x:t>
-[...43 lines deleted...]
-          <x:t>18,840</x:t>
+          <x:t>18,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,830</x:t>
-[...183 lines deleted...]
-          <x:t>18,371</x:t>
+          <x:t>18,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...235 lines deleted...]
-          <x:t>18,937</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>