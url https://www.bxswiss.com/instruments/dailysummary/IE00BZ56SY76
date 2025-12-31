--- v2 (2025-11-21)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0d89aa30a34db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbbfe0ed738e4158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85211addec184cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c6fb9431e6447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c7e0567c5b045ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85211addec184cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6572952ec5e94a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c6fb9431e6447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Eurozone Quality Dividend Growth UCITS ETF - EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56SY76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>19,307</x:t>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,020</x:t>
-[...134 lines deleted...]
-          <x:t>18,588</x:t>
+          <x:t>19,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>