--- v3 (2025-12-31)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbbfe0ed738e4158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb7db98ba4a4290" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c6fb9431e6447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ac56d7c19934fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6572952ec5e94a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c6fb9431e6447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00665b98e86f4390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ac56d7c19934fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Eurozone Quality Dividend Growth UCITS ETF - EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56SY76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>19,280</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,269</x:t>
-[...409 lines deleted...]
-          <x:t>19,602</x:t>
+          <x:t>19,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>