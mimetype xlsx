--- v4 (2026-02-10)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bb7db98ba4a4290" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re95c78b54c9f4111" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ac56d7c19934fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba522257b6d241de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00665b98e86f4390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ac56d7c19934fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb5bd739c4784a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba522257b6d241de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Eurozone Quality Dividend Growth UCITS ETF - EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56SY76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>20,115</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,164</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...359 lines deleted...]
-          <x:t>20,001</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,023</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>19,852</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>