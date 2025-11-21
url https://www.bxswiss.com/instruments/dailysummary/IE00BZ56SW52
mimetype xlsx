--- v0 (2025-10-12)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64321c5619324f85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f23cdc9fd9479a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10365c5de32d48f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e4931f109244fdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4de99ed6fcbe4ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10365c5de32d48f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e23f10cd9a454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e4931f109244fdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Global Quality Dividend Growth UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56SW52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,041</x:t>
-[...90 lines deleted...]
-          <x:t>35,559</x:t>
+          <x:t>36,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>