--- v1 (2025-11-21)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f23cdc9fd9479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65cc23506b9741db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e4931f109244fdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a7d4edd7074ce2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e23f10cd9a454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e4931f109244fdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R108de3d4d0224c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a7d4edd7074ce2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Global Quality Dividend Growth UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56SW52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>35,730</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>