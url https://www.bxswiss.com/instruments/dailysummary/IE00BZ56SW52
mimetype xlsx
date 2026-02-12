--- v2 (2026-01-01)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65cc23506b9741db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1123ee63a6d34490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a7d4edd7074ce2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad25f51430b405b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R108de3d4d0224c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a7d4edd7074ce2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde0d2445679458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad25f51430b405b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Global Quality Dividend Growth UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56SW52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>36,727</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,599</x:t>
-[...404 lines deleted...]
-          <x:t>36,552</x:t>
+          <x:t>36,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>