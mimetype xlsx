--- v3 (2026-02-12)
+++ v4 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1123ee63a6d34490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22cdf0c53064deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad25f51430b405b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re309ce80c5cc4642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde0d2445679458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad25f51430b405b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8827d3229ff746cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re309ce80c5cc4642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Global Quality Dividend Growth UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56SW52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>36,449</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,627</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>37,094</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>