--- v0 (2025-11-25)
+++ v1 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ce1ece0d7c4dd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06055ad18ee44c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R098ba5ad0a4c4de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae45e6b47bd4465"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbebbc07482e42b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R098ba5ad0a4c4de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d587c319ab040d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae45e6b47bd4465" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Global Quality Dividend Growth UCITS ETF - USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RN96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>30,618</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,690</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>30,758</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,730</x:t>
-[...458 lines deleted...]
-          <x:t>30,536</x:t>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>