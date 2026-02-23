--- v1 (2026-02-02)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06055ad18ee44c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ddab81c409459f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae45e6b47bd4465"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7292094171194678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d587c319ab040d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae45e6b47bd4465" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984cf48238324a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7292094171194678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Global Quality Dividend Growth UCITS ETF - USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RN96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>30,984</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,791</x:t>
-[...517 lines deleted...]
-          <x:t>30,466</x:t>
+          <x:t>31,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>