--- v2 (2026-02-23)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ddab81c409459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc11c2bc586c64dad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7292094171194678"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf73fc4088a284a96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984cf48238324a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7292094171194678" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92ad3788688941e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf73fc4088a284a96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Global Quality Dividend Growth UCITS ETF - USD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RN96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>30,558</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>31,297</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>