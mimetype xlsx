--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0436b199ed324ec5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec2841912c2743f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf24739c949e543c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e1ca45e28245a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5a4d96f18f4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf24739c949e543c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a579bb65794b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e1ca45e28245a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RG20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>41,615</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,282</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>41,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,440</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>