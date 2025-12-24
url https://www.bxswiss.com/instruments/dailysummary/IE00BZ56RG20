--- v1 (2025-10-24)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec2841912c2743f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e03fae9e894bba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e1ca45e28245a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ef15d23c32e42ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a579bb65794b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e1ca45e28245a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2f31433e644e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ef15d23c32e42ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RG20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>42,147</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,372</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>42,223</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>