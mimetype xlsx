--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e03fae9e894bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191975d101bb4a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ef15d23c32e42ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5f586c57874df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2f31433e644e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ef15d23c32e42ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ab7d0f9c704146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5f586c57874df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RG20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>43,310</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,419</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>42,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>