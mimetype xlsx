--- v3 (2026-01-13)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191975d101bb4a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra53592c6836e4f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5f586c57874df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea7af697cc74bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ab7d0f9c704146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5f586c57874df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f3b0a7f47140c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea7af697cc74bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RG20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>42,732</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,697</x:t>
-[...161 lines deleted...]
-          <x:t>43,618</x:t>
+          <x:t>43,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>