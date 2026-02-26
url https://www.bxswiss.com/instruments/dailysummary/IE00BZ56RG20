--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra53592c6836e4f5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9761a06437294f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea7af697cc74bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R227a03c760a3481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f3b0a7f47140c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea7af697cc74bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a38703fb9aa48dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R227a03c760a3481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RG20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>