--- v0 (2025-10-11)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R705bfd9bc54a4618" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeadba2d10954879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdb9e24e61854353"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb143645ea0fa45a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffaf40b789d44398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdb9e24e61854353" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3f6b77e90ca499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb143645ea0fa45a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RD98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>36,376</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,344</x:t>
-[...264 lines deleted...]
-          <x:t>36,798</x:t>
+          <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,760</x:t>
-[...53 lines deleted...]
-          <x:t>36,237</x:t>
+          <x:t>36,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>