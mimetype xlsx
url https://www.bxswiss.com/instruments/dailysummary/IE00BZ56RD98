--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeadba2d10954879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a2c730ddfae4d01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb143645ea0fa45a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e76a9a43bc4310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3f6b77e90ca499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb143645ea0fa45a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R508a1680bcaf40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e76a9a43bc4310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RD98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>36,904</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>05.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,579</x:t>
-        </x:is>
-[...256 lines deleted...]
-          <x:t>36,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>