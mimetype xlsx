--- v2 (2026-01-09)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a2c730ddfae4d01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2371ef7b56dd476f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33e76a9a43bc4310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d656d6fb9f946d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R508a1680bcaf40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33e76a9a43bc4310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd455ed07a35343eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d656d6fb9f946d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RD98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>37,750</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,695</x:t>
-[...43 lines deleted...]
-          <x:t>37,497</x:t>
+          <x:t>37,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,393</x:t>
-[...178 lines deleted...]
-          <x:t>37,036</x:t>
+          <x:t>36,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,682</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,358</x:t>
-[...63 lines deleted...]
-          <x:t>37,579</x:t>
+          <x:t>36,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>