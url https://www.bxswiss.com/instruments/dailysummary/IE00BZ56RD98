--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2371ef7b56dd476f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bbb5923b7f54cee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d656d6fb9f946d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01bae305ece4b1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd455ed07a35343eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d656d6fb9f946d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41d54def5884bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01bae305ece4b1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RD98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,358</x:t>
+          <x:t>36,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>36,628</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>