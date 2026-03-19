--- v4 (2026-02-26)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bbb5923b7f54cee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29222ad402854952" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01bae305ece4b1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15f0d333fdd04ced"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41d54def5884bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01bae305ece4b1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00d5ea328fee4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15f0d333fdd04ced" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Dividend Growth UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ56RD98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>36,756</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,477</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>29.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,252</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>37,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>