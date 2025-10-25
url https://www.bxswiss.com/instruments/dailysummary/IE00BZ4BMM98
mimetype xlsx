--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54da76a898dd45d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbec9b4df0b40f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0fcb26a391b4838"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R438b1aa80f98488f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930b27c66c374895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0fcb26a391b4838" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40534e6b12794663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R438b1aa80f98488f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ4BMM98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>28,407</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,151</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>28,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>28,225</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,874</x:t>
-[...301 lines deleted...]
-          <x:t>28,481</x:t>
+          <x:t>28,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>