--- v1 (2025-10-25)
+++ v2 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbec9b4df0b40f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d9672e83aa4322" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R438b1aa80f98488f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ad82b4bfc814762"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40534e6b12794663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R438b1aa80f98488f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e37b1ddc48468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ad82b4bfc814762" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ4BMM98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>28,542</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>