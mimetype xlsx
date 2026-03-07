--- v2 (2026-02-13)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d9672e83aa4322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda3b63a3df7b4cf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ad82b4bfc814762"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51f56f61e91245a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e37b1ddc48468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ad82b4bfc814762" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1474b7cc87bc48db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51f56f61e91245a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ4BMM98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>30,640</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,594</x:t>
-[...173 lines deleted...]
-          <x:t>30,001</x:t>
+          <x:t>30,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,131</x:t>
-        </x:is>
-[...359 lines deleted...]
-          <x:t>31,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>