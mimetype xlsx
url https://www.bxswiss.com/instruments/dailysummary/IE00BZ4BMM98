--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda3b63a3df7b4cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree9d7fc69cb04f5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51f56f61e91245a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d45cf6e4af3421d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1474b7cc87bc48db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51f56f61e91245a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf377bea9f6646d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d45cf6e4af3421d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ4BMM98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...63 lines deleted...]
-          <x:t>31,200</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,790</x:t>
-[...528 lines deleted...]
-        <x:is>
           <x:t>30,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>