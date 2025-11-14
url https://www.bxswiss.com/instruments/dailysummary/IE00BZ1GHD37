--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19fdd4b491564f97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5cbbdee75c414f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ffb6c1fd8d24cbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a17f9f8655f4df9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4d78e40a8f1413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ffb6c1fd8d24cbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabafb35dfaa6438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a17f9f8655f4df9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ1GHD37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>11,036</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,156</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,323</x:t>
-[...90 lines deleted...]
-          <x:t>11,212</x:t>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>