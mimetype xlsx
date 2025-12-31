--- v1 (2025-11-14)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5cbbdee75c414f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd4a01d2e274644" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a17f9f8655f4df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95224fb636ee4962"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabafb35dfaa6438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a17f9f8655f4df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd089d7f3618048fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95224fb636ee4962" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ1GHD37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>11,250</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>11,428</x:t>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,380</x:t>
-[...26 lines deleted...]
-          <x:t>11,366</x:t>
+          <x:t>11,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,447</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>11,320</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,308</x:t>
-[...274 lines deleted...]
-          <x:t>11,502</x:t>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>