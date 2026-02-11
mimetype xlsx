--- v2 (2025-12-31)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd4a01d2e274644" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R587bd88095684a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95224fb636ee4962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R160c5dc258c949ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd089d7f3618048fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95224fb636ee4962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86209461b00343b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R160c5dc258c949ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ1GHD37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>11,587</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>11,751</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>