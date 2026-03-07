--- v3 (2026-02-11)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R587bd88095684a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b4f626d92341a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R160c5dc258c949ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fa2af9e03dd49cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86209461b00343b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R160c5dc258c949ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6add96b91a1d4d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fa2af9e03dd49cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ1GHD37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,233</x:t>
-[...48 lines deleted...]
-          <x:t>12,092</x:t>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,906</x:t>
-[...53 lines deleted...]
-          <x:t>12,139</x:t>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...235 lines deleted...]
-          <x:t>12,036</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>