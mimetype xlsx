--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b4f626d92341a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra571bcf338764554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fa2af9e03dd49cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R843081433f91465c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6add96b91a1d4d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fa2af9e03dd49cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R950598092b5643de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R843081433f91465c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF - USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ1GHD37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>