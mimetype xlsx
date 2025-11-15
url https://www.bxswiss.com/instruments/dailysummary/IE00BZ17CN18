--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raae93720b8ac4935" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42d35a08e6e14714" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23b8c6e00b6147f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7ebf3d76327407c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b197f1565e1483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23b8c6e00b6147f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aa74d1843d643a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7ebf3d76327407c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV $ Short Duration High Yield Corp Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ17CN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,585</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,613</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,573</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>5,617</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,601</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,614</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,636</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,581</x:t>
-[...97 lines deleted...]
-          <x:t>5,602</x:t>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,586</x:t>
-[...26 lines deleted...]
-          <x:t>5,583</x:t>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,592</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,538</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>5,589</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>5,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>