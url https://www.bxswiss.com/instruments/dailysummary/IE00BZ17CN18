--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42d35a08e6e14714" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ab1ce9952de4854" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7ebf3d76327407c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc823cf018204661"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aa74d1843d643a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7ebf3d76327407c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a1e1e703114ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc823cf018204661" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV $ Short Duration High Yield Corp Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ17CN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,641</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...627 lines deleted...]
-          <x:t>5,589</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>