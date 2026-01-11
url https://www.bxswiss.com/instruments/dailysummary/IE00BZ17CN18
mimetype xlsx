--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ab1ce9952de4854" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059eef8a03ff4bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc823cf018204661"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b784a15a5de430d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a1e1e703114ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc823cf018204661" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b7ec6266354ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b784a15a5de430d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV $ Short Duration High Yield Corp Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ17CN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,573</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,609</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>5,702</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,673</x:t>
-[...517 lines deleted...]
-          <x:t>5,654</x:t>
+          <x:t>5,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>