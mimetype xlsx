--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R059eef8a03ff4bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe7c7698857a41d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b784a15a5de430d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf871b6b17b34aa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08b7ec6266354ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b784a15a5de430d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R898b4dd80ba14ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf871b6b17b34aa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV $ Short Duration High Yield Corp Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ17CN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>5,675</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,684</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>5,656</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...370 lines deleted...]
-          <x:t>5,730</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>