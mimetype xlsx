--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe7c7698857a41d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15892bdad8e34577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf871b6b17b34aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6208c46f4afc4009"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R898b4dd80ba14ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf871b6b17b34aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c0dd5a9496e4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6208c46f4afc4009" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV $ Short Duration High Yield Corp Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ17CN18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>5,681</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,643</x:t>
-[...21 lines deleted...]
-          <x:t>5,532</x:t>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>5,574</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,596</x:t>
-        </x:is>
-[...494 lines deleted...]
-          <x:t>5,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>