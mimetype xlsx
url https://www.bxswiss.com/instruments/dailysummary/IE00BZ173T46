--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b05da1e572045e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89b12a55d0854838" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0313d760c1e4dce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36d5c67e32df4eb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree991556be114468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0313d760c1e4dce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5bfa70ad10e4049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36d5c67e32df4eb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ173T46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>11,611</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,609</x:t>
-[...70 lines deleted...]
-          <x:t>11,757</x:t>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,743</x:t>
-[...26 lines deleted...]
-          <x:t>11,689</x:t>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,710</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>11,820</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>11,961</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,990</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>11,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>