--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89b12a55d0854838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80594df21fd740ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36d5c67e32df4eb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a3cbf728004df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5bfa70ad10e4049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36d5c67e32df4eb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra16253c4f4ce4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a3cbf728004df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ173T46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>11,820</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>11,961</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>07.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,919</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>08.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,833</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>09.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>11,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>