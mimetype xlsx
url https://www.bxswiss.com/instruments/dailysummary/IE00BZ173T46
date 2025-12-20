--- v2 (2025-11-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80594df21fd740ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9996b02f8e40c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a3cbf728004df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0071c2ce77144d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra16253c4f4ce4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a3cbf728004df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e8836aa6b140d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0071c2ce77144d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ173T46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>11,890</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,875</x:t>
-[...38 lines deleted...]
-          <x:t>11,916</x:t>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,929</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>11,838</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,846</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>11.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,833</x:t>
-[...171 lines deleted...]
-          <x:t>11,428</x:t>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>