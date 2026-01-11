--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9996b02f8e40c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6da9f42b3d34196" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0071c2ce77144d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6403ec1b58884b71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e8836aa6b140d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0071c2ce77144d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5244121c791481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6403ec1b58884b71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ173T46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,927</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>12,023</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,999</x:t>
-[...269 lines deleted...]
-          <x:t>11,923</x:t>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>