--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6da9f42b3d34196" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R236a62f5487649d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6403ec1b58884b71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf809bc0088734e5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5244121c791481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6403ec1b58884b71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c3956f5556b4cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf809bc0088734e5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ173T46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>11,855</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,846</x:t>
-[...237 lines deleted...]
-          <x:t>12,048</x:t>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,994</x:t>
-[...38 lines deleted...]
-          <x:t>11,921</x:t>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,917</x:t>
-[...112 lines deleted...]
-          <x:t>12,255</x:t>
+          <x:t>12,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>