--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R236a62f5487649d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red361a2cf1cb4038" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf809bc0088734e5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24958a0829c9406f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c3956f5556b4cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf809bc0088734e5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R404ac1379cf04c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24958a0829c9406f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ173T46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,138</x:t>
-[...286 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,181</x:t>
-[...305 lines deleted...]
-        <x:is>
           <x:t>12,219</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>12,247</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>