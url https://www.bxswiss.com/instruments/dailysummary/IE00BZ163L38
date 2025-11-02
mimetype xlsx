--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8968bd900b8645ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759b7bff971d484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d22b1fd9e094306"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0d0d5129934e7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6598e64d735f4da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d22b1fd9e094306" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb241e9e28e4d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0d0d5129934e7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Emerging Markets Government Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163L38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,074</x:t>
-[...301 lines deleted...]
-          <x:t>34,899</x:t>
+          <x:t>35,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,068</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>35,047</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>