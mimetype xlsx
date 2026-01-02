--- v1 (2025-11-02)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759b7bff971d484e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra347404c9bd4481a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0d0d5129934e7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f0474d831804736"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb241e9e28e4d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0d0d5129934e7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15f7e42c5c964285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f0474d831804736" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Emerging Markets Government Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163L38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>34,896</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>35,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>