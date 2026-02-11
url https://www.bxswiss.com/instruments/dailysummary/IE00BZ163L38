--- v2 (2026-01-02)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra347404c9bd4481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac90dc49d2784b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f0474d831804736"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf3f9e4cbf2b4a3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15f7e42c5c964285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f0474d831804736" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbedbafe5bb403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf3f9e4cbf2b4a3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Emerging Markets Government Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163L38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>35,614</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,490</x:t>
-[...129 lines deleted...]
-          <x:t>35,178</x:t>
+          <x:t>35,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,219</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>35,128</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,923</x:t>
-[...53 lines deleted...]
-          <x:t>34,986</x:t>
+          <x:t>34,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>