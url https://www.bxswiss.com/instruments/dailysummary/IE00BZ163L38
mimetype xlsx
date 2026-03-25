--- v3 (2026-02-11)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac90dc49d2784b14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66c8da90c9744709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf3f9e4cbf2b4a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf1509655a3f44ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbedbafe5bb403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf3f9e4cbf2b4a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e1e8d4243dd4697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf1509655a3f44ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Emerging Markets Government Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163L38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,403</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>33,842</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,042</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>34,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>