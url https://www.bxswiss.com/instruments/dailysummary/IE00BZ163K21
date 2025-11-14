--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6383e528bec640c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7c5626e38c42c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb08cb8f85b9241b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380aa8c8262145a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f963b20bd534bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb08cb8f85b9241b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R648dfc296fd4420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380aa8c8262145a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163K21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>38,150</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>38,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,495</x:t>
-[...468 lines deleted...]
-          <x:t>38,527</x:t>
+          <x:t>38,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>