--- v1 (2025-11-14)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7c5626e38c42c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf81e281f20346b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380aa8c8262145a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb090c48e7bc84639"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R648dfc296fd4420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380aa8c8262145a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf018951add67498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb090c48e7bc84639" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163K21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>38,765</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,689</x:t>
-[...38 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,971</x:t>
-[...112 lines deleted...]
-          <x:t>38,358</x:t>
+          <x:t>38,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,636</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>38,126</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>