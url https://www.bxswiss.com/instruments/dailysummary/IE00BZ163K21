--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf81e281f20346b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fd2e2336ae433a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb090c48e7bc84639"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R672c89ddfeb54890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf018951add67498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb090c48e7bc84639" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc31c3c3d355a4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R672c89ddfeb54890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163K21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>