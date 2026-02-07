--- v3 (2026-01-13)
+++ v4 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fd2e2336ae433a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca7a6aa8ca1f4306" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R672c89ddfeb54890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4069227203bd4e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc31c3c3d355a4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R672c89ddfeb54890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3b42dfd7064b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4069227203bd4e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163K21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,922</x:t>
-[...43 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>37,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,963</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>38,524</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>