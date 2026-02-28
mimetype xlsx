--- v4 (2026-02-07)
+++ v5 (2026-02-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca7a6aa8ca1f4306" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052c7c5c34a64110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4069227203bd4e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde39b386a7ff4140"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3b42dfd7064b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4069227203bd4e70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc998c65da024c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde39b386a7ff4140" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163K21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>