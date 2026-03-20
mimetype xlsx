--- v5 (2026-02-28)
+++ v6 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052c7c5c34a64110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cec9eff99664401" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde39b386a7ff4140"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2940ce27043f4316"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc998c65da024c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde39b386a7ff4140" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211e2d9a5a75487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2940ce27043f4316" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ163K21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>37,089</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,997</x:t>
-[...517 lines deleted...]
-          <x:t>37,143</x:t>
+          <x:t>37,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>