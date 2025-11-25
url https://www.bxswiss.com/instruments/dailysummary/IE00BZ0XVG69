--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1325a2a2fae542a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5114961ec8f7449c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R789b9fdfd5b84e97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7647003ba464861"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d90b344ddf74673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R789b9fdfd5b84e97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67799be68df442fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7647003ba464861" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ0XVG69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>108,958</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>109,517</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>