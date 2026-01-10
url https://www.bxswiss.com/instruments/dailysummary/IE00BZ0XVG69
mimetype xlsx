--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5114961ec8f7449c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232b9562b8d240d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7647003ba464861"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0594cd5d439437b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67799be68df442fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7647003ba464861" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redac8aa8255d4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0594cd5d439437b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ0XVG69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...566 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,224</x:t>
-[...9 lines deleted...]
-          <x:t>110,649</x:t>
+          <x:t>111,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>