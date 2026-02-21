--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R232b9562b8d240d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996973b63318483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0594cd5d439437b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82fb23b884a54a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redac8aa8255d4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0594cd5d439437b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ebbd6e7efb94e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82fb23b884a54a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ0XVG69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>111,019</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,392</x:t>
-[...291 lines deleted...]
-          <x:t>112,417</x:t>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,595</x:t>
-[...53 lines deleted...]
-          <x:t>112,130</x:t>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>