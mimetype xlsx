--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996973b63318483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00082519b7f14cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82fb23b884a54a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943ab725f1ad4f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ebbd6e7efb94e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82fb23b884a54a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reabf5dd742ad4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943ab725f1ad4f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ0XVG69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>111,596</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,007</x:t>
-[...222 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>110,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,144</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>110,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>