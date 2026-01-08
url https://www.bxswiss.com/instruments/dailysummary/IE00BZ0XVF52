--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae9f130c628b403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee0c0d888ba4df9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03fefd9c73d240a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6b207426f814501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1aa2f29023b4fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03fefd9c73d240a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4793ec906cfb4b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6b207426f814501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ0XVF52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,243</x:t>
-[...70 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>73,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,222</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>71,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>