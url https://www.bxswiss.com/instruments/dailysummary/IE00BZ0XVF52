--- v1 (2026-01-08)
+++ v2 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee0c0d888ba4df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb99010bd48094e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6b207426f814501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee747a3cbaa4a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4793ec906cfb4b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6b207426f814501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fccaff50e8e4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee747a3cbaa4a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ0XVF52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>