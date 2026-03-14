--- v2 (2026-01-29)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb99010bd48094e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d0f158c18f44f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee747a3cbaa4a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883eb1d0af404b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fccaff50e8e4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee747a3cbaa4a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d2d8ca36984fd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883eb1d0af404b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ0XVF52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...527 lines deleted...]
-          <x:t>70,679</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>